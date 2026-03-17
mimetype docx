--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -94,51 +94,51 @@
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Podział ryzyka i zadań:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adekwatny do kompetencji podmiotu publicznego i partnera prywatnego. Ryzyka i zadania przejmuje ta strona , która potrafi lepiej nimi zarządzać.</w:t>
+        <w:t xml:space="preserve"> adekwatny do kompetencji podmiotu publicznego i partnera prywatnego. Ryzyka i zadania przejmuje ta strona, która potrafi lepiej nimi zarządzać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Finansowanie</w:t>
       </w:r>
       <w:r>
         <w:rPr>